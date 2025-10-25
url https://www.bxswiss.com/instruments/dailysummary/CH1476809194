--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1752f00242134568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce7309ad5d9c4b31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22b3305cb9354ee6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c664b74fc44d54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e2e01b08f4b4aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22b3305cb9354ee6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f3f8db4aecb47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c664b74fc44d54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>2,235</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,995</x:t>
-[...16 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,985</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>2,435</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,445</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,785</x:t>
-[...171 lines deleted...]
-          <x:t>2,615</x:t>
+          <x:t>2,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>