--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce7309ad5d9c4b31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c765fbccca845b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c664b74fc44d54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc165f8559502452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f3f8db4aecb47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c664b74fc44d54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72b680af27a9470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc165f8559502452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,915</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>