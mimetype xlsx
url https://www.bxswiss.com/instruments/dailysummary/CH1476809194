--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c765fbccca845b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe0da83e20341a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc165f8559502452d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R610492654ee24752"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72b680af27a9470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc165f8559502452d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42627b6aec614197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R610492654ee24752" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,114</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,078</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,481</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,335</x:t>
-[...16 lines deleted...]
-          <x:t>3,299</x:t>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,177</x:t>
-[...328 lines deleted...]
-          <x:t>3,847</x:t>
+          <x:t>3,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>