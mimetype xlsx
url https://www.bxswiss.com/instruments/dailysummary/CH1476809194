--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe0da83e20341a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d1968784bbb4e43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R610492654ee24752"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda7f73af4ac54a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42627b6aec614197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R610492654ee24752" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f07343df8234ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda7f73af4ac54a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,827</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>3,377</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>3,295</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>3,529</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>