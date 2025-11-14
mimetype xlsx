--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfebd59c05e524d83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re48e666d314a4ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63df420293e8463e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec3304793b4458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7de127bcad3d4cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63df420293e8463e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd660d7f8c26f4731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec3304793b4458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,105</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...11 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,345</x:t>
-[...21 lines deleted...]
-          <x:t>2,175</x:t>
+          <x:t>2,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,085</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>2,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,545</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,775</x:t>
-[...183 lines deleted...]
-          <x:t>2,785</x:t>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,905</x:t>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>