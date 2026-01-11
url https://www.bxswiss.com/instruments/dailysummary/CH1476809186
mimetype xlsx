--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re48e666d314a4ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb136c2cb13b41e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec3304793b4458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c8b6438c59646eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd660d7f8c26f4731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec3304793b4458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a16b55711554568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c8b6438c59646eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...274 lines deleted...]
-          <x:t>3,155</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,085</x:t>
-[...355 lines deleted...]
-          <x:t>3,395</x:t>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>