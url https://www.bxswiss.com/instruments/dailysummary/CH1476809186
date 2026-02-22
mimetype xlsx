--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb136c2cb13b41e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aecf598f9f24d63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c8b6438c59646eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R175424c7a001495e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a16b55711554568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c8b6438c59646eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R899273047a724c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R175424c7a001495e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,781</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,525</x:t>
-[...16 lines deleted...]
-          <x:t>3,603</x:t>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,459</x:t>
-[...318 lines deleted...]
-          <x:t>3,857</x:t>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,849</x:t>
-[...26 lines deleted...]
-          <x:t>3,977</x:t>
+          <x:t>3,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>