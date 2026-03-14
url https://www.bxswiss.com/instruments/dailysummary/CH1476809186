--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aecf598f9f24d63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc50e536cbe914b2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R175424c7a001495e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re651cc15893e4416"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R899273047a724c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R175424c7a001495e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b5bfdfd9ef0487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re651cc15893e4416" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>3,227</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,587</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>3,657</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>