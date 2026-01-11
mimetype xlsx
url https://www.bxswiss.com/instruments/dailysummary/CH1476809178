--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59565e7dd50940ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8498582ab814f6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7507129d31514f4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b4713257d2b4a56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3157d442ce74f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7507129d31514f4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4396a063e7a4ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b4713257d2b4a56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>