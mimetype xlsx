--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8498582ab814f6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f98de73b4c4e25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b4713257d2b4a56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76295ca8cf334634"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4396a063e7a4ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b4713257d2b4a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc27bccf491c045aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76295ca8cf334634" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>3,314</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,909</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,649</x:t>
-[...350 lines deleted...]
-          <x:t>3,671</x:t>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,983</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>4,109</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>