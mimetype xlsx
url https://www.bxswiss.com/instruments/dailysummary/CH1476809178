--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f98de73b4c4e25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96a567581450463f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76295ca8cf334634"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b39ebacb5ac4b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc27bccf491c045aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76295ca8cf334634" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01327b3d858c49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b39ebacb5ac4b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,975</x:t>
-[...53 lines deleted...]
-          <x:t>3,875</x:t>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,629</x:t>
-[...11 lines deleted...]
-          <x:t>3,599</x:t>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,545</x:t>
-[...21 lines deleted...]
-          <x:t>3,789</x:t>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,369</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>3,789</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>