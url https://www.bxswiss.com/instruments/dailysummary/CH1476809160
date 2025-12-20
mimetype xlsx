--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1339a3835e746bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef68eb00bc248e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4983b8b743fb423c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4b36d832ed94a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ba7b398fcc4b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4983b8b743fb423c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddc0fc6643474c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4b36d832ed94a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,845</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>