--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef68eb00bc248e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f5efe99cd024e73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4b36d832ed94a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e4910d48f84f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddc0fc6643474c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4b36d832ed94a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20adf4f5669b46c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e4910d48f84f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>