--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f5efe99cd024e73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30f5c22cef84199" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e4910d48f84f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44502aaac1e14379"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20adf4f5669b46c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e4910d48f84f73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bbd6ab2bfa14af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44502aaac1e14379" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,473</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>3,423</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,917</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>4,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>