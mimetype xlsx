--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30f5c22cef84199" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64670d29b0124670" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44502aaac1e14379"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cc9dc838515440a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bbd6ab2bfa14af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44502aaac1e14379" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde80b2249c344552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cc9dc838515440a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,227</x:t>
-[...43 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,975</x:t>
-[...522 lines deleted...]
-          <x:t>3,917</x:t>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>