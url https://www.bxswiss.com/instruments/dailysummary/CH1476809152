--- v0 (2025-10-22)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61aa18f52f1b411e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e301f774503470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e4fdb85cf4045a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5968141f3f6b4fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c11b7fd91b4881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e4fdb85cf4045a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R901c7d102c27494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5968141f3f6b4fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,015</x:t>
-[...16 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,015</x:t>
-[...210 lines deleted...]
-          <x:t>3,345</x:t>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,235</x:t>
-[...318 lines deleted...]
-          <x:t>3,025</x:t>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>