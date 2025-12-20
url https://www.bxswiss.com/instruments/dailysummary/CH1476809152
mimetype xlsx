--- v1 (2025-11-13)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e301f774503470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf93e555959467c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5968141f3f6b4fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R396aa8754968491d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R901c7d102c27494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5968141f3f6b4fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e816048b7d47cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R396aa8754968491d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>3,045</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,935</x:t>
-[...512 lines deleted...]
-          <x:t>3,995</x:t>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>