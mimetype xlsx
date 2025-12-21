--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf93e555959467c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3886d153c453458a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R396aa8754968491d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26a219676f4e4023"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e816048b7d47cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R396aa8754968491d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc96f8732f749e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26a219676f4e4023" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>