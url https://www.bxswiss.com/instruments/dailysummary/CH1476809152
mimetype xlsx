--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3886d153c453458a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10c85b3504794080" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26a219676f4e4023"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R448248f32266415f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc96f8732f749e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26a219676f4e4023" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8918e4d183ba479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R448248f32266415f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>