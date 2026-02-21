--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10c85b3504794080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re88e02ee4bf84ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R448248f32266415f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb256e3f5238b4641"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8918e4d183ba479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R448248f32266415f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99812a5d48104baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb256e3f5238b4641" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>3,797</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,667</x:t>
-[...205 lines deleted...]
-          <x:t>3,601</x:t>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,553</x:t>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,049</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>4,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>