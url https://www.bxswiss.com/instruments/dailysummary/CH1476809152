--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re88e02ee4bf84ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c82a578e28a4d44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb256e3f5238b4641"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R021621ccc88b4d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99812a5d48104baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb256e3f5238b4641" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30476b7b99cf461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R021621ccc88b4d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>4,359</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,279</x:t>
-[...566 lines deleted...]
-          <x:t>4,049</x:t>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>