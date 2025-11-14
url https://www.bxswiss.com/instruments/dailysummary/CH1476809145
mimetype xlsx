--- v0 (2025-10-22)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2984ca3cb0a7400d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re45bfc17e17c459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R852a7ddd005b40ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94738ffef764550"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51f559df421641bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R852a7ddd005b40ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c2482eb5db46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94738ffef764550" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,975</x:t>
-[...16 lines deleted...]
-          <x:t>3,145</x:t>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,125</x:t>
-[...210 lines deleted...]
-          <x:t>3,455</x:t>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,345</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>3,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>3,135</x:t>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>3,255</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>