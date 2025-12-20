--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re45bfc17e17c459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bf7509636504fa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94738ffef764550"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2528eba4e2ba45f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c2482eb5db46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94738ffef764550" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53bb38308e4549fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2528eba4e2ba45f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>3,155</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,035</x:t>
-[...168 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,665</x:t>
-[...360 lines deleted...]
-          <x:t>3,875</x:t>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>