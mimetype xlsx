--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bf7509636504fa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radc79a1807334152" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2528eba4e2ba45f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c60d801aed041d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53bb38308e4549fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2528eba4e2ba45f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda260a38934848b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c60d801aed041d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,686</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>