--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radc79a1807334152" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d26cd53dc0f446c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c60d801aed041d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde849276691648ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda260a38934848b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c60d801aed041d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5701a6b862d14a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde849276691648ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>3,682</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,297</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,027</x:t>
-[...350 lines deleted...]
-          <x:t>4,061</x:t>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,381</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>4,513</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>