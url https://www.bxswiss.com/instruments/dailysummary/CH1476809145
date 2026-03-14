--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d26cd53dc0f446c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab66c9f7e9e94fe1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde849276691648ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63521a991b9c485c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5701a6b862d14a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde849276691648ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd447a9e020fb4676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63521a991b9c485c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>3,725</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,109</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,225</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,413</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,239</x:t>
-[...522 lines deleted...]
-          <x:t>4,181</x:t>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>