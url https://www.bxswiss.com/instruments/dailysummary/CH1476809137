--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a25d7b4c45472a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0f57866773c4f38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra795a3f0a4ab4489"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4302fa69f2a9466f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a98cc2834fc404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra795a3f0a4ab4489" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5524460da704490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4302fa69f2a9466f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,815</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,755</x:t>
-[...134 lines deleted...]
-          <x:t>2,585</x:t>
+          <x:t>3,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>19.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,075</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,195</x:t>
-[...124 lines deleted...]
-          <x:t>3,025</x:t>
+          <x:t>3,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>3,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>