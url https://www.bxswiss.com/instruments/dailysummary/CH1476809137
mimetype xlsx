--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0f57866773c4f38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9cbbb9033dd4b22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4302fa69f2a9466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Race52e1d017c454b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5524460da704490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4302fa69f2a9466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96757e01fb5a40f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Race52e1d017c454b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3,605</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>