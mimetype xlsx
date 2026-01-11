--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9cbbb9033dd4b22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbde4091ee5e42c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Race52e1d017c454b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R584b15280f484532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96757e01fb5a40f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Race52e1d017c454b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58084af29d9c483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R584b15280f484532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>