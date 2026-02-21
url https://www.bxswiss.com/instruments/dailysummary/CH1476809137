--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbde4091ee5e42c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74821440480840b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R584b15280f484532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93d5dfab95ac43a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58084af29d9c483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R584b15280f484532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1c87ba42add4e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93d5dfab95ac43a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>4,755</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,539</x:t>
-[...21 lines deleted...]
-          <x:t>4,193</x:t>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>4,649</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>