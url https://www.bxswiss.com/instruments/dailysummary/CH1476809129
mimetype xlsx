--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff0b51f7f51447b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca6f7dee58446b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe1737841a6847fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa9b91cf7924b1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b3b3466c0404dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe1737841a6847fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b82778e3d6e4785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa9b91cf7924b1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,925</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,865</x:t>
-[...119 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>3,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,835</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>19.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,325</x:t>
-[...21 lines deleted...]
-          <x:t>3,255</x:t>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,185</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,305</x:t>
-[...166 lines deleted...]
-          <x:t>3,295</x:t>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>