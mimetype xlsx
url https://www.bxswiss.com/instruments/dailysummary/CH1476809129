--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca6f7dee58446b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ad6c2316794522" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa9b91cf7924b1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69fd3c4858fc4300"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b82778e3d6e4785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa9b91cf7924b1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7077b67d9784daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69fd3c4858fc4300" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,255</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,185</x:t>
-[...16 lines deleted...]
-          <x:t>3,375</x:t>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,355</x:t>
-[...210 lines deleted...]
-          <x:t>3,695</x:t>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,575</x:t>
-[...318 lines deleted...]
-          <x:t>3,365</x:t>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>3,395</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>