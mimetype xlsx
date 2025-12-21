--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ad6c2316794522" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf50f45adee4b4ef1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69fd3c4858fc4300"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R524e0d6c153d4fba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7077b67d9784daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69fd3c4858fc4300" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f575b17689142b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R524e0d6c153d4fba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,185</x:t>
-[...630 lines deleted...]
-          <x:t>4,115</x:t>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>