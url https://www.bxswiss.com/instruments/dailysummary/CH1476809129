--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf50f45adee4b4ef1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9172aa2cf8d54f2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R524e0d6c153d4fba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ac62b5fdc2d4870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f575b17689142b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R524e0d6c153d4fba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0430611d88cb446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ac62b5fdc2d4870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>