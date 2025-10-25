--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6764e90aaa4b2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff5e56183fb486d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf765a59974ab4c0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b23d6f5ccf4a1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04663a9538e04db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf765a59974ab4c0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cf4dc0c2b724015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b23d6f5ccf4a1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809111</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>2,805</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>2,985</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,955</x:t>
-[...178 lines deleted...]
-          <x:t>3,365</x:t>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,295</x:t>
-[...178 lines deleted...]
-          <x:t>3,245</x:t>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>3,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>