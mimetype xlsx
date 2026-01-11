--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff5e56183fb486d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62249f9f2b794741" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b23d6f5ccf4a1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb47833033814c46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cf4dc0c2b724015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b23d6f5ccf4a1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47eea10beb3846ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb47833033814c46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809111</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3,845</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>