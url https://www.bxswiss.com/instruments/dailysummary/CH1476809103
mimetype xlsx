--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4e1db825cd4909" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf72e57af3a5451a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R407f07dfe4c14b6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e15b1deba0409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ad798b9182492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R407f07dfe4c14b6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a2ba265d144470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e15b1deba0409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,155</x:t>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,155</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>3,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>19.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,555</x:t>
-[...43 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,795</x:t>
-[...171 lines deleted...]
-          <x:t>3,615</x:t>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>