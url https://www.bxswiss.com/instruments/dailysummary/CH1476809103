--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf72e57af3a5451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac17388aed514321" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e15b1deba0409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11abeebde7034773"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a2ba265d144470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e15b1deba0409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd69e463bdf0145d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11abeebde7034773" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,485</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,415</x:t>
-[...16 lines deleted...]
-          <x:t>3,605</x:t>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,585</x:t>
-[...571 lines deleted...]
-          <x:t>3,735</x:t>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>