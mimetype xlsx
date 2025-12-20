--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac17388aed514321" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4640f6b880df47dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11abeebde7034773"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a845e2c49904018"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd69e463bdf0145d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11abeebde7034773" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7cbd261d25a495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a845e2c49904018" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>4,275</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,195</x:t>
-[...43 lines deleted...]
-          <x:t>4,295</x:t>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,215</x:t>
-[...247 lines deleted...]
-          <x:t>4,365</x:t>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>