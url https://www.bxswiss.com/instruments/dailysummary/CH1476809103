--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4640f6b880df47dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9b035f2d07463a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a845e2c49904018"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raca6458366114ade"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7cbd261d25a495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a845e2c49904018" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ef8bf96d534cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raca6458366114ade" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,138</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>4,196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,196</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>