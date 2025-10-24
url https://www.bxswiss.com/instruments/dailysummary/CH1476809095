--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5119931a3f2c4f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf45829f102a84193" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d1af8084aee479f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc94e9197fd12402d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37cbbae956094b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d1af8084aee479f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree35bb133bee4b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc94e9197fd12402d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,285</x:t>
-[...112 lines deleted...]
-          <x:t>3,025</x:t>
+          <x:t>3,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...172 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,535</x:t>
-[...48 lines deleted...]
-          <x:t>3,785</x:t>
+          <x:t>3,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,665</x:t>
-[...134 lines deleted...]
-          <x:t>3,725</x:t>
+          <x:t>3,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>