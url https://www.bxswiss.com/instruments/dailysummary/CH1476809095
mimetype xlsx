--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf45829f102a84193" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4677a99ce92d462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc94e9197fd12402d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f4fcb591e434733"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree35bb133bee4b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc94e9197fd12402d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4087c334018f4ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f4fcb591e434733" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3,745</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>