--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4677a99ce92d462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70ba42688ca42da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f4fcb591e434733"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447ee69590904eb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4087c334018f4ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f4fcb591e434733" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80e632297f544912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447ee69590904eb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>