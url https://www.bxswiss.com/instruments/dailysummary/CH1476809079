--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23bb4efad3dd4474" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2511cca6ce8d4aa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8506cfea191b432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2442f770148d4897"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb53e5dfd674fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8506cfea191b432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reedb61eacb9d4c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2442f770148d4897" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,435</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>3,445</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,415</x:t>
-[...200 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,165</x:t>
-[...171 lines deleted...]
-          <x:t>3,965</x:t>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>