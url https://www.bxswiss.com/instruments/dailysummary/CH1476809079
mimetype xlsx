--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2511cca6ce8d4aa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8960f7e39074152" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2442f770148d4897"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc2a6cad0e54639"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reedb61eacb9d4c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2442f770148d4897" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc329e8a8d11d4d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc2a6cad0e54639" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,945</x:t>
-[...16 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,945</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>4,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...343 lines deleted...]
-          <x:t>4,095</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>