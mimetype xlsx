--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8960f7e39074152" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9556ba9ff95e4865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc2a6cad0e54639"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a1f41c1fc648b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc329e8a8d11d4d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc2a6cad0e54639" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39b9fb7906c1421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a1f41c1fc648b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,975</x:t>
-[...166 lines deleted...]
-          <x:t>4,515</x:t>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>4,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,215</x:t>
-[...193 lines deleted...]
-          <x:t>4,755</x:t>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>