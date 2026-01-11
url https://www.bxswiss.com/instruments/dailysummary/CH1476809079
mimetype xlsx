--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9556ba9ff95e4865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46be9271932f4a53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a1f41c1fc648b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R329ec25a18854ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39b9fb7906c1421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a1f41c1fc648b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R873a6a01e21c432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R329ec25a18854ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,594</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>