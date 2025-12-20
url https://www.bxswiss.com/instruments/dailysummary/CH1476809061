--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R609e7fb7d19b4ddf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R941335435b574c95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re349fb72676148bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb08d1b9be154a5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57909a1afd2b499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re349fb72676148bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc79e0f6fad4e419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb08d1b9be154a5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>4,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>