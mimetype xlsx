--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R941335435b574c95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14d997f545140b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb08d1b9be154a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91b9385162524cca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc79e0f6fad4e419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb08d1b9be154a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b2c7d971ea43c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91b9385162524cca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>