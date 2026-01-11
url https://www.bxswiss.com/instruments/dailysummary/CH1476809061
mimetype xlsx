--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14d997f545140b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f69f3b9556a40da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91b9385162524cca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44515a5186144604"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b2c7d971ea43c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91b9385162524cca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6c435f8ecb14be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44515a5186144604" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>