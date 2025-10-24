--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01cac269a8144887" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19313a536690456e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb94da16adad41e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8849fad02a4144"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a472cfe4f80479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb94da16adad41e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec1b1377ca1f47d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8849fad02a4144" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,545</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,455</x:t>
-[...313 lines deleted...]
-          <x:t>3,995</x:t>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,965</x:t>
-[...16 lines deleted...]
-          <x:t>4,075</x:t>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,405</x:t>
-[...171 lines deleted...]
-          <x:t>4,215</x:t>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>