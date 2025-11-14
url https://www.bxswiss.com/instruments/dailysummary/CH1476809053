--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19313a536690456e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47f14e083a304b66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8849fad02a4144"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3019dfe17ce444f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec1b1377ca1f47d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8849fad02a4144" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d186a861d7d40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3019dfe17ce444f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,075</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,405</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>4,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,095</x:t>
-[...16 lines deleted...]
-          <x:t>4,295</x:t>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,235</x:t>
-[...11 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>4,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>