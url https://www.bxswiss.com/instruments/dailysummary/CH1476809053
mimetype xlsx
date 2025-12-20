--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47f14e083a304b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7ca966f6cb4101" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3019dfe17ce444f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2efed9543fec405f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d186a861d7d40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3019dfe17ce444f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R141487c0e950421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2efed9543fec405f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...355 lines deleted...]
-          <x:t>4,915</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,785</x:t>
-[...274 lines deleted...]
-          <x:t>5,015</x:t>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>