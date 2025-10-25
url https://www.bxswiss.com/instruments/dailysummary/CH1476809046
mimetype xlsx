--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38035142b12140ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b95434ac214d11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re728e4461c5246e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3fb408d3cd949c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33a0bea10a354d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re728e4461c5246e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95faa0cd97be46a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3fb408d3cd949c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,655</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,575</x:t>
-[...151 lines deleted...]
-          <x:t>3,805</x:t>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,775</x:t>
-[...124 lines deleted...]
-          <x:t>4,145</x:t>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,025</x:t>
-[...247 lines deleted...]
-          <x:t>4,345</x:t>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>