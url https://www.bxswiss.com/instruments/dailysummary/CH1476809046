--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b95434ac214d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49355e3c80e643ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3fb408d3cd949c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a5f22a3b0ef4078"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95faa0cd97be46a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3fb408d3cd949c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f37c05748204673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a5f22a3b0ef4078" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...551 lines deleted...]
-          <x:t>4,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>