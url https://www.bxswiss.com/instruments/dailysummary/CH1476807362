--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24e682d43c0c4052" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72bfb7a3d97d49ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf04f9df6442d42a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb59deadf36941a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fb895f263c7410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf04f9df6442d42a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c2ac229ebb4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb59deadf36941a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,600</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,660</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>1,020</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>