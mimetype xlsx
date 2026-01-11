--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72bfb7a3d97d49ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de7bc51b9f943d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb59deadf36941a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f132428d884326"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c2ac229ebb4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb59deadf36941a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95a886edfeff4df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f132428d884326" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>