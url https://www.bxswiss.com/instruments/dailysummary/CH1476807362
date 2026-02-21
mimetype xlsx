--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de7bc51b9f943d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59f8a745c7d74835" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f132428d884326"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c7d6fa1afc54e91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95a886edfeff4df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f132428d884326" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1432a9a0fead4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c7d6fa1afc54e91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,579</x:t>
-[...21 lines deleted...]
-          <x:t>0,533</x:t>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,501</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,599</x:t>
+          <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,527</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,587</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>