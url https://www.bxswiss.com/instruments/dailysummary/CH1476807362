--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59f8a745c7d74835" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89472cfabcd1482e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c7d6fa1afc54e91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9182f3b011564f45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1432a9a0fead4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c7d6fa1afc54e91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4142f1e5c1c64e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9182f3b011564f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>0,285</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,355</x:t>
-[...16 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...43 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...26 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>