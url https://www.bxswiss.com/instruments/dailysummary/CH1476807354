--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618a2a28d2244ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2231e4e401904f7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17c6482307dd4b24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c3bec014e645e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad01f5c403949c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17c6482307dd4b24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec26d5b0ab64bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c3bec014e645e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,660</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,630</x:t>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,690</x:t>
-[...16 lines deleted...]
-          <x:t>0,740</x:t>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,720</x:t>
-[...21 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,895</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>