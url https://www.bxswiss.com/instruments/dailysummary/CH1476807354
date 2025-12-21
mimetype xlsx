--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2231e4e401904f7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde62e00c400a458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c3bec014e645e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb787b6f6261346d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec26d5b0ab64bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c3bec014e645e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5923f45bbd8246f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb787b6f6261346d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,850</x:t>
-[...48 lines deleted...]
-          <x:t>0,860</x:t>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,760</x:t>
-[...571 lines deleted...]
-          <x:t>0,790</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>