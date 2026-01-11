--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde62e00c400a458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e29afac658243a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb787b6f6261346d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R168187b6bd6d4c2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5923f45bbd8246f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb787b6f6261346d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4163842fac3849d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R168187b6bd6d4c2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,553</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,601</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,699</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,643</x:t>
-[...566 lines deleted...]
-          <x:t>0,923</x:t>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>