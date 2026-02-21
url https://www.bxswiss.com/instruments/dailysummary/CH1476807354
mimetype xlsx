--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e29afac658243a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dada5eb466c4de7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R168187b6bd6d4c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39de6cf0559460a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4163842fac3849d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R168187b6bd6d4c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc224efc7cb044623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39de6cf0559460a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,597</x:t>
-[...36 lines deleted...]
-          <x:t>0,631</x:t>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>