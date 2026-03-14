--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dada5eb466c4de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R606154588a434202" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39de6cf0559460a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09db88fe43114b4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc224efc7cb044623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39de6cf0559460a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec44b8b3a83b4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09db88fe43114b4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>0,549</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,547</x:t>
-[...43 lines deleted...]
-          <x:t>0,483</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
-[...16 lines deleted...]
-          <x:t>0,459</x:t>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,393</x:t>
-[...6 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,395</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...75 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>