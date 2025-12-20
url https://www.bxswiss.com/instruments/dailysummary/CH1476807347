--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda305b0856d4bce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93c78702d3e74088" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R186708ce1573432f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43824ce68d304fff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97cd6137676c401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R186708ce1573432f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62b8f0b0decd415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43824ce68d304fff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>0,500</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>0,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,810</x:t>
-[...220 lines deleted...]
-          <x:t>0,935</x:t>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>