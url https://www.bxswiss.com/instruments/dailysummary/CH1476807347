--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93c78702d3e74088" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4ef4c63c1b43d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43824ce68d304fff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b57e1506774422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62b8f0b0decd415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43824ce68d304fff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc779dea26a9b4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b57e1506774422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,593</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,587</x:t>
-[...26 lines deleted...]
-          <x:t>0,633</x:t>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,679</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>0,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>