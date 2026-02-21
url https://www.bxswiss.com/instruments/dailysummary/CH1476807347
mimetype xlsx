--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4ef4c63c1b43d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R129ded3148ee49b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b57e1506774422"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94266f396c1f4fcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc779dea26a9b4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b57e1506774422" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f527d4dc92f43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94266f396c1f4fcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,643</x:t>
-[...33 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,687</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>