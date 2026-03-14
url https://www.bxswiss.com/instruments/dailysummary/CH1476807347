--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R129ded3148ee49b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c2344d20774dc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94266f396c1f4fcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf56e9c697b274d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f527d4dc92f43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94266f396c1f4fcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8073ba6bbb214936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf56e9c697b274d6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,509</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>0,617</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,493</x:t>
-[...119 lines deleted...]
-          <x:t>0,423</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...16 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
-[...242 lines deleted...]
-          <x:t>0,395</x:t>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>