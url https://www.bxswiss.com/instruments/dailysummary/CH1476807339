--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b6b9a19d2884538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2026fcefa24834" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d5b46b7191e452a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8ec21f07604254"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d9aec574b654723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d5b46b7191e452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206083dbd6104c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8ec21f07604254" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,725</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,690</x:t>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,795</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,760</x:t>
-[...16 lines deleted...]
-          <x:t>0,810</x:t>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,740</x:t>
-[...11 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,870</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>0,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>