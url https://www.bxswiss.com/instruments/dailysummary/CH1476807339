--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2026fcefa24834" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0670ba9c1cb347cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8ec21f07604254"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd197c7605024530"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206083dbd6104c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8ec21f07604254" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4d27fea1944f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd197c7605024530" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,860</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,870</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>24.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
-[...4 lines deleted...]
-          <x:t>0,850</x:t>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>0,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>0,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>