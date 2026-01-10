--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0670ba9c1cb347cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R559918037c4a43e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd197c7605024530"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f95cbf592f40da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4d27fea1944f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd197c7605024530" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00ce2e59cb6b4425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f95cbf592f40da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,631</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,623</x:t>
-[...598 lines deleted...]
-          <x:t>1,027</x:t>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>