--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R559918037c4a43e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ff5e542fc04a47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f95cbf592f40da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b134a7d5b5c45ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00ce2e59cb6b4425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f95cbf592f40da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad4e1e41369a4fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b134a7d5b5c45ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,821</x:t>
-[...58 lines deleted...]
-          <x:t>0,661</x:t>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,727</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>