--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ff5e542fc04a47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6093e19d4a4d4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b134a7d5b5c45ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra40160c44a9f45c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad4e1e41369a4fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b134a7d5b5c45ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf04d0a5100241dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra40160c44a9f45c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>0,463</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...16 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...242 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>