--- v0 (2025-10-02)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27aab2a1f1bb4fa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fbb7d453ee94f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R280ef00bf83949d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b68da5794e243ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba004884ebcf44a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R280ef00bf83949d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a74e4cdbde4a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b68da5794e243ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>1,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>