--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fbb7d453ee94f83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b70ee56f5a145a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b68da5794e243ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R647cef04e8be433c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a74e4cdbde4a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b68da5794e243ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8cf9f14df44195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R647cef04e8be433c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,843</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,719</x:t>
-[...80 lines deleted...]
-          <x:t>0,777</x:t>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>