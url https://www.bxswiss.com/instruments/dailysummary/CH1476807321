--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b70ee56f5a145a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbfa2a50f984494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R647cef04e8be433c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R448292286abe4d9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8cf9f14df44195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R647cef04e8be433c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63272d4d435b4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R448292286abe4d9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>0,597</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,567</x:t>
-[...43 lines deleted...]
-          <x:t>0,593</x:t>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,517</x:t>
-[...6 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,517</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,515</x:t>
-[...16 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...151 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...80 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>