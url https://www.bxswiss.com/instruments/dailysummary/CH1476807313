--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7948243ba7424861" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ca4bd4258446ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb3a3caadff84fe7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1682eb823c054396"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R549eeb5b884641c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb3a3caadff84fe7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5701042d15d246b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1682eb823c054396" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,800</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,810</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>18.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,965</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,015</x:t>
-        </x:is>
-[...170 lines deleted...]
-          <x:t>1,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>