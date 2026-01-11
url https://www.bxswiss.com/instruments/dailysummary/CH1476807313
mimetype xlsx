--- v1 (2025-10-22)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ca4bd4258446ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cd09d490204d64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1682eb823c054396"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2467b233e1a04849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5701042d15d246b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1682eb823c054396" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eaac11411ea4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2467b233e1a04849" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...43 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...296 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>1,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>