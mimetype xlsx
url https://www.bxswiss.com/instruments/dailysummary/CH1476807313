--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cd09d490204d64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c4431d3a8104d1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2467b233e1a04849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce69510349b545c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eaac11411ea4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2467b233e1a04849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9df3f9306cb4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce69510349b545c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,931</x:t>
-[...53 lines deleted...]
-          <x:t>0,811</x:t>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,761</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,841</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,831</x:t>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>