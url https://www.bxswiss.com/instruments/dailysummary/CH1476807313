--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c4431d3a8104d1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re452b35e87dd4647" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce69510349b545c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R034db6a2ca4242d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9df3f9306cb4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce69510349b545c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2a3151841c340be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R034db6a2ca4242d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,713</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...107 lines deleted...]
-          <x:t>0,671</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...38 lines deleted...]
-          <x:t>0,551</x:t>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...178 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...80 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>