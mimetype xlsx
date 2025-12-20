--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f7bf22aaab846cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e14630070994794" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6160e2beae054633"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ec782939d4843ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc0ae8f4343745a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6160e2beae054633" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51b309b5a0be4cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ec782939d4843ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,070</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...517 lines deleted...]
-          <x:t>1,010</x:t>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>