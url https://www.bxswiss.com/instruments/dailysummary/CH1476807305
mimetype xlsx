--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e14630070994794" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccd7e5d033cd42b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ec782939d4843ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7125e5b99ff541cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51b309b5a0be4cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ec782939d4843ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra160721def334e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7125e5b99ff541cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,770</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,707</x:t>
-[...625 lines deleted...]
-          <x:t>1,193</x:t>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>