--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccd7e5d033cd42b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b863346ca84e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7125e5b99ff541cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd775b22c32454ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra160721def334e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7125e5b99ff541cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb7df45012d14f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd775b22c32454ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,841</x:t>
-[...36 lines deleted...]
-          <x:t>0,885</x:t>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>