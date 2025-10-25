--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R237944dcc6134fa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79a7e8bb9ef44c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb97ec31323ad4749"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c62a24eae64f0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42ba0e60e4ff4856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb97ec31323ad4749" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc316f30d8240f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c62a24eae64f0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>0,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>