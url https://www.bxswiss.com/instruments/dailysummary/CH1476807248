--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79a7e8bb9ef44c43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R276d9e2dab644fcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c62a24eae64f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa05d45201c1403d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc316f30d8240f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c62a24eae64f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9d5bb7874b0459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa05d45201c1403d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,650</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...625 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>