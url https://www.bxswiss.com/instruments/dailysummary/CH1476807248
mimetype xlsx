--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R276d9e2dab644fcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916d81ec587d4c1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa05d45201c1403d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2fe54bd89d4ed7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9d5bb7874b0459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa05d45201c1403d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb542d6b828c4c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2fe54bd89d4ed7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,493</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,473</x:t>
-[...48 lines deleted...]
-          <x:t>0,349</x:t>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...36 lines deleted...]
-          <x:t>0,399</x:t>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>