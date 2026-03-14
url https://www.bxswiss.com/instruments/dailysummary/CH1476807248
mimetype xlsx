--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916d81ec587d4c1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bdf1dcdd39b436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2fe54bd89d4ed7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9568f486b8814422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb542d6b828c4c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2fe54bd89d4ed7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf9ded5ed92f4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9568f486b8814422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>0,313</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,313</x:t>
-[...70 lines deleted...]
-          <x:t>0,224</x:t>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,168</x:t>
-[...16 lines deleted...]
-          <x:t>0,170</x:t>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,132</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,172</x:t>
-[...279 lines deleted...]
-          <x:t>0,112</x:t>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>