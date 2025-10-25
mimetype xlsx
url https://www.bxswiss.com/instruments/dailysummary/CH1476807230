--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f68bff3f2934dfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde456cb072ed4d9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda3beac865d49c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ad9c573f424ef6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a4954b7b63b40ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda3beac865d49c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R263a1437f7074576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ad9c573f424ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,530</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,500</x:t>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,560</x:t>
-[...11 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,540</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,635</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>0,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>