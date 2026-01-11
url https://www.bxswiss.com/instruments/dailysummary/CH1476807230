--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde456cb072ed4d9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab88f2b20fe1400a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ad9c573f424ef6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2e2a69322194546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R263a1437f7074576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ad9c573f424ef6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a61f5b066b54a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2e2a69322194546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>0,615</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>0,635</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>