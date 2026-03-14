--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab88f2b20fe1400a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R214ba3e2c5894ff2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2e2a69322194546"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R125338adcdd14850"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a61f5b066b54a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2e2a69322194546" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15af33790e294153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R125338adcdd14850" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,447</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>