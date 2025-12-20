--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a0ce01623847cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a1ca733b9b4ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6046cfc94c064d71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6ed4adaea414604"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0af41a09201413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6046cfc94c064d71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ba903ee33894e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6ed4adaea414604" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,640</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>0,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>