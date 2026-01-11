--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a1ca733b9b4ae5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b0a1e9364eb450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6ed4adaea414604"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813e495cbf06439f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ba903ee33894e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6ed4adaea414604" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ac863bb964240df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813e495cbf06439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>