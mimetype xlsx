--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b0a1e9364eb450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1ff3e646e624db3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813e495cbf06439f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45c1b3d4d0474c69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ac863bb964240df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813e495cbf06439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e3252ee25e4481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45c1b3d4d0474c69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,601</x:t>
-[...26 lines deleted...]
-          <x:t>0,569</x:t>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,449</x:t>
-[...80 lines deleted...]
-          <x:t>0,501</x:t>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>