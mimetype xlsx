--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1ff3e646e624db3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82c5cd8dd3548e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45c1b3d4d0474c69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf0eec31f184dd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e3252ee25e4481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45c1b3d4d0474c69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3330e2f7fe0448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf0eec31f184dd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>0,449</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,417</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,323</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,234</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,244</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,251</x:t>
-[...188 lines deleted...]
-          <x:t>0,248</x:t>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,206</x:t>
-[...33 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,230</x:t>
-[...36 lines deleted...]
-          <x:t>0,190</x:t>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>