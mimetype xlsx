--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c1aad542a9f4c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7acfdc89166a41a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba00a05d7204671"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7e2dee8e2534bec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e2f693aa9ac440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba00a05d7204671" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cc01c7f15f943ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7e2dee8e2534bec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,650</x:t>
-[...43 lines deleted...]
-          <x:t>0,800</x:t>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...38 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>0,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>