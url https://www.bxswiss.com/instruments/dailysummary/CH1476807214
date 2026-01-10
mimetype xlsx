--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7acfdc89166a41a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc977237ffaad4be8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7e2dee8e2534bec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb64c92cd3944fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cc01c7f15f943ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7e2dee8e2534bec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7131318497c94efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb64c92cd3944fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...566 lines deleted...]
-          <x:t>0,873</x:t>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>