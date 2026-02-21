--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc977237ffaad4be8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R659143aaee0a47ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb64c92cd3944fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d8498b951a4bf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7131318497c94efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb64c92cd3944fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe767c0c9fc34fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d8498b951a4bf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,627</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,501</x:t>
-[...48 lines deleted...]
-          <x:t>0,449</x:t>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,557</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>