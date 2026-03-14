--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R659143aaee0a47ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R469899b7c9f04091" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d8498b951a4bf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87560131e0844ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe767c0c9fc34fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d8498b951a4bf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b94f2aca8074ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87560131e0844ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476807214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,473</x:t>
-[...112 lines deleted...]
-          <x:t>0,198</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,305</x:t>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...269 lines deleted...]
-          <x:t>0,240</x:t>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>