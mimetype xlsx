--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R091cdebe3d5b4fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186734cd2b8a4713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57e605e685af4ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf83fd83c9e4b3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147f72d980264da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57e605e685af4ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6cd239cbb24287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf83fd83c9e4b3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...532 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>