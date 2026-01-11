--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186734cd2b8a4713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra81b2ab0d51e4d9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf83fd83c9e4b3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ca578a7064490e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6cd239cbb24287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf83fd83c9e4b3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra94066815d6e43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ca578a7064490e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>0,510</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,425</x:t>
-[...16 lines deleted...]
-          <x:t>0,430</x:t>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
-[...43 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...134 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>