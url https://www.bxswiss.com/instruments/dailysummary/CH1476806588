--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra81b2ab0d51e4d9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1ab1ccccee4b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ca578a7064490e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fcd3edff22a4cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra94066815d6e43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ca578a7064490e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red67f26c180e439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fcd3edff22a4cd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,215</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>