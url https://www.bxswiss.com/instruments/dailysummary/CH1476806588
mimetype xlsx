--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1ab1ccccee4b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ede6afbc7c74738" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fcd3edff22a4cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf93d26d3330c453b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red67f26c180e439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fcd3edff22a4cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R591e93c103f84510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf93d26d3330c453b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>0,069</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,059</x:t>
-[...75 lines deleted...]
-          <x:t>0,037</x:t>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,046</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,025</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>