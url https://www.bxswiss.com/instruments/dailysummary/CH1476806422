--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69758c004a324d90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91cab141f7c14a59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aad26502a9f4cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1a615438ab5449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ae7d8f6887f4d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aad26502a9f4cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a58c82b35654db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1a615438ab5449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Super Micro Computer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,515</x:t>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,615</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
-[...183 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,675</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,745</x:t>
-        </x:is>
-[...143 lines deleted...]
-          <x:t>0,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>