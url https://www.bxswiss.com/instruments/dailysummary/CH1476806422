--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91cab141f7c14a59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb703d9e91e4e4bc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1a615438ab5449f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08354d8bee764414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a58c82b35654db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1a615438ab5449f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c15270df8e54e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08354d8bee764414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Super Micro Computer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...630 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>