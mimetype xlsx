--- v2 (2025-11-13)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb703d9e91e4e4bc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c0f484c0fe4004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08354d8bee764414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62291831c30c4ae0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c15270df8e54e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08354d8bee764414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa692d1497947c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62291831c30c4ae0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Super Micro Computer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...635 lines deleted...]
-          <x:t>0,184</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>