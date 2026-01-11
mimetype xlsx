--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c0f484c0fe4004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a3337ac95e4d71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62291831c30c4ae0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R891fa85ec5094922"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa692d1497947c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62291831c30c4ae0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R977296a7a4af4892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R891fa85ec5094922" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Super Micro Computer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,140</x:t>
-[...53 lines deleted...]
-          <x:t>0,128</x:t>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,114</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>0,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,116</x:t>
-[...269 lines deleted...]
-          <x:t>0,120</x:t>
+          <x:t>0,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,096</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...30 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,073</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>