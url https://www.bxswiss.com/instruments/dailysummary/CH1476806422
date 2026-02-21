--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a3337ac95e4d71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f82d7ed04d44c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R891fa85ec5094922"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R255b3e8cd21e4252"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R977296a7a4af4892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R891fa85ec5094922" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04df1572d4134a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R255b3e8cd21e4252" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Super Micro Computer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,062</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,061</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,063</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>30.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,044</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>0,047</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>