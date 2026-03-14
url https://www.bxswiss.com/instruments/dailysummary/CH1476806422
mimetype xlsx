--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f82d7ed04d44c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c440797295341dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R255b3e8cd21e4252"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R085ce70ced6b4a03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04df1572d4134a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R255b3e8cd21e4252" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd145efeb8b5f4a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R085ce70ced6b4a03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Super Micro Computer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,037</x:t>
-[...80 lines deleted...]
-          <x:t>0,040</x:t>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,024</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>0,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,017</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>