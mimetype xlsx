--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e8dd66d8d74011" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3385783fc8e04f3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d794cc9b23843d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20783ddb2017443a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d6e1fed28564ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d794cc9b23843d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef659206ae549f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20783ddb2017443a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,230</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,218</x:t>
-[...43 lines deleted...]
-          <x:t>0,232</x:t>
+          <x:t>0,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,198</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,174</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,200</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,186</x:t>
-[...21 lines deleted...]
-          <x:t>0,150</x:t>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,148</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,140</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,164</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,176</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,192</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,168</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>0,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>