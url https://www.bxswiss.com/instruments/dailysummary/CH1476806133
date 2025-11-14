--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3385783fc8e04f3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b2846d61244466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20783ddb2017443a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530ab161fe5044e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef659206ae549f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20783ddb2017443a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R221521a47eee4d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530ab161fe5044e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,198</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,176</x:t>
-[...48 lines deleted...]
-          <x:t>0,150</x:t>
+          <x:t>0,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...559 lines deleted...]
-          <x:t>0,168</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>