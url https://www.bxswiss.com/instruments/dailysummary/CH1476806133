--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b2846d61244466" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d2046adfc36447a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530ab161fe5044e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R372d807999f24e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R221521a47eee4d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530ab161fe5044e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61e3c2cd6cd4e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R372d807999f24e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,063</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,058</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>31.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,059</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,046</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>0,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>