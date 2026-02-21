--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d2046adfc36447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde035f80d85148f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R372d807999f24e56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re95391c9d1424d8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61e3c2cd6cd4e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R372d807999f24e56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a01206df6f04991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re95391c9d1424d8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,056</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>