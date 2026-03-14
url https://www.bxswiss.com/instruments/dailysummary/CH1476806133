--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde035f80d85148f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabeabc9763504193" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re95391c9d1424d8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cca13e512bc403d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a01206df6f04991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re95391c9d1424d8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45d04ea7f4134dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cca13e512bc403d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476806133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,021</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,020</x:t>
+          <x:t>0,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,017</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>26.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,019</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,018</x:t>
-[...512 lines deleted...]
-          <x:t>0,031</x:t>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>