--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86eef9ddbf144c09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328bf3aca11c45b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R496907f5ff45453f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a8e667c3d854429"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbde97c513aa04d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R496907f5ff45453f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39716b2f47f4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a8e667c3d854429" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476804385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,035</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>2,045</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>2,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>