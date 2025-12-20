--- v1 (2025-10-22)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328bf3aca11c45b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aa4df87240142de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a8e667c3d854429"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492d43be251448b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39716b2f47f4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a8e667c3d854429" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c8b48c12844493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492d43be251448b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476804385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,845</x:t>
-[...63 lines deleted...]
-          <x:t>2,045</x:t>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>