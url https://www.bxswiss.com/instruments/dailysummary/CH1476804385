--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aa4df87240142de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R379eb04fe4b84683" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492d43be251448b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136a3625708849db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c8b48c12844493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492d43be251448b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bfc06f88b374890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136a3625708849db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476804385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,765</x:t>
-[...620 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>