--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78ed3a6bc074cff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc6c5da2e834def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R144c21175b074f49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R652ca15a8bf4497a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b2cd9c765ac4368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R144c21175b074f49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8fa21491c24a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R652ca15a8bf4497a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476804179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...16 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...539 lines deleted...]
-          <x:t>2,215</x:t>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>