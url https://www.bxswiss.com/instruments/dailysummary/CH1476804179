--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc6c5da2e834def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676d1c85f8a842cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R652ca15a8bf4497a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85737e75316842d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8fa21491c24a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R652ca15a8bf4497a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3747d1d5edcc402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85737e75316842d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476804179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,460</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...386 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>