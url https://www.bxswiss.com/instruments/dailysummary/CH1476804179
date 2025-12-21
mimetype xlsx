--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676d1c85f8a842cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe6258ae53224202" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85737e75316842d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e01e7f39faf44b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3747d1d5edcc402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85737e75316842d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618d854bda924c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e01e7f39faf44b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476804179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>