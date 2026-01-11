--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe6258ae53224202" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf179f8e7f66d4b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e01e7f39faf44b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cf88961905b4059"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618d854bda924c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e01e7f39faf44b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7565c8003e7340cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cf88961905b4059" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476804179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...593 lines deleted...]
-          <x:t>0,202</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>