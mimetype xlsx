--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf179f8e7f66d4b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb103884dcbb14207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cf88961905b4059"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2af3c6ec1702476b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7565c8003e7340cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cf88961905b4059" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff98f3d9edc34903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2af3c6ec1702476b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476804179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,275</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,242</x:t>
+          <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,255</x:t>
-[...80 lines deleted...]
-          <x:t>0,236</x:t>
+          <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,194</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>0,204</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>0,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>