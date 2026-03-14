--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb103884dcbb14207" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9489bbc459094984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2af3c6ec1702476b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4cfadeb8ddd4437"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff98f3d9edc34903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2af3c6ec1702476b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refaf0835edae4749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4cfadeb8ddd4437" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476804179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,194</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,255</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,204</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,138</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,146</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,142</x:t>
-[...21 lines deleted...]
-          <x:t>0,101</x:t>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,120</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>0,080</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>0,204</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>