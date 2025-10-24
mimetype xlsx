--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra431074080ee4e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2860605da274d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ccc78464654442b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410d45537a554b76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5321ca32e14e4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ccc78464654442b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99a0b0a508124e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410d45537a554b76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,410</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>0,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...4 lines deleted...]
-          <x:t>0,355</x:t>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...194 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,350</x:t>
-        </x:is>
-[...40 lines deleted...]
-          <x:t>0,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>