--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2860605da274d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c95b8a042d4e34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410d45537a554b76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31d6e25eef5e40f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99a0b0a508124e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410d45537a554b76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b3bed1b92a54918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31d6e25eef5e40f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,380</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...38 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>0,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,320</x:t>
+          <x:t>0,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>06.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...70 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>0,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>0,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>