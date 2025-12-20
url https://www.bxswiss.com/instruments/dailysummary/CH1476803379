--- v2 (2025-11-13)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c95b8a042d4e34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R860eca1d8a404668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31d6e25eef5e40f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66114fbacf3b4c8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b3bed1b92a54918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31d6e25eef5e40f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30be29a843742bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66114fbacf3b4c8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...97 lines deleted...]
-          <x:t>0,360</x:t>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,365</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,350</x:t>
-[...87 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,310</x:t>
-[...333 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>