--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R860eca1d8a404668" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cd7f3f8643c4038" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66114fbacf3b4c8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R431b346d3d6c4f4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30be29a843742bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66114fbacf3b4c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb9d26afcb0a4b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R431b346d3d6c4f4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,340</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,367</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,373</x:t>
-[...4 lines deleted...]
-          <x:t>0,333</x:t>
+          <x:t>0,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,270</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...347 lines deleted...]
-          <x:t>0,333</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>0,323</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>