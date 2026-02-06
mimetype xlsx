--- v4 (2026-01-11)
+++ v5 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cd7f3f8643c4038" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re26768ab7e5f4957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R431b346d3d6c4f4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dabc2d850254c02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb9d26afcb0a4b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R431b346d3d6c4f4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1256f3b05e2c46a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dabc2d850254c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,303</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
-[...16 lines deleted...]
-          <x:t>0,301</x:t>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,267</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,265</x:t>
+          <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,277</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,269</x:t>
-[...43 lines deleted...]
-          <x:t>0,273</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,265</x:t>
-[...16 lines deleted...]
-          <x:t>0,273</x:t>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,257</x:t>
-[...53 lines deleted...]
-          <x:t>0,277</x:t>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>