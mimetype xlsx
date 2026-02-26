--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re26768ab7e5f4957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8479510d03174475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dabc2d850254c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2faa20ee35e3449d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1256f3b05e2c46a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dabc2d850254c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba64b9769ce948b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2faa20ee35e3449d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,267</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,259</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,257</x:t>
-[...21 lines deleted...]
-          <x:t>0,289</x:t>
+          <x:t>0,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,277</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,269</x:t>
-[...60 lines deleted...]
-          <x:t>16.01.2026</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,261</x:t>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,257</x:t>
-[...377 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>