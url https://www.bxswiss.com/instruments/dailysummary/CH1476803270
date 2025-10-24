--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redbc9635e542468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re894f82045f94bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80d6ded598f24b5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R496e61f069ae44ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f07743f5e954798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80d6ded598f24b5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb84c296226545f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R496e61f069ae44ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,340</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>0,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,300</x:t>
-[...124 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,340</x:t>
-[...16 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,360</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>0,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>