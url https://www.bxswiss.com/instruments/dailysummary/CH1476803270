--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re894f82045f94bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036a3fa941514924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R496e61f069ae44ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c3067f1dbb64793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb84c296226545f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R496e61f069ae44ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5dd5eb4e8e04531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c3067f1dbb64793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,410</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,410</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>24.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,360</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
-        </x:is>
-[...457 lines deleted...]
-          <x:t>0,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>