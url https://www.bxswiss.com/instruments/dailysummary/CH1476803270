--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036a3fa941514924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd84ff97bafcb450a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c3067f1dbb64793"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61d912ae9d334479"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5dd5eb4e8e04531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c3067f1dbb64793" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9cc5c93ec66425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61d912ae9d334479" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...60 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,420</x:t>
-[...522 lines deleted...]
-          <x:t>0,440</x:t>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>