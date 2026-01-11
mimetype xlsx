--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd84ff97bafcb450a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11d5e89b111043c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61d912ae9d334479"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f546ee134304fa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9cc5c93ec66425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61d912ae9d334479" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768706650c484cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f546ee134304fa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,381</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,409</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,419</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>0,351</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,347</x:t>
-[...436 lines deleted...]
-          <x:t>0,299</x:t>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>