--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11d5e89b111043c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264748cf02614604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f546ee134304fa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R209628c2c3264932"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768706650c484cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f546ee134304fa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794e891160b34414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R209628c2c3264932" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>