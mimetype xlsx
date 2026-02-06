--- v5 (2026-01-12)
+++ v6 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264748cf02614604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e9e8a7cffbf46b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R209628c2c3264932"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e950964cf645ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794e891160b34414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R209628c2c3264932" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01b06c628fe74010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e950964cf645ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,309</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,331</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>18.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,273</x:t>
-[...279 lines deleted...]
-          <x:t>0,335</x:t>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>