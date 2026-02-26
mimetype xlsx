--- v6 (2026-02-06)
+++ v7 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e9e8a7cffbf46b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ef434f7cfb640d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e950964cf645ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d910f4872d4d11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01b06c628fe74010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e950964cf645ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2df9507ba4b4c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d910f4872d4d11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,427</x:t>
-[...26 lines deleted...]
-          <x:t>0,409</x:t>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,373</x:t>
-[...6 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,349</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,323</x:t>
-[...517 lines deleted...]
-          <x:t>0,230</x:t>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>