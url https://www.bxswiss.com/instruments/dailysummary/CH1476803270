--- v7 (2026-02-26)
+++ v8 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ef434f7cfb640d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra744e89e37564a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d910f4872d4d11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11446d3a56b34fd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2df9507ba4b4c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d910f4872d4d11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf78d30e2c23145bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11446d3a56b34fd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,341</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,341</x:t>
-[...21 lines deleted...]
-          <x:t>0,349</x:t>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>0,226</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,208</x:t>
-[...21 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
-[...350 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>