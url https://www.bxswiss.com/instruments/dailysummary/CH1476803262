--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68229d8314084125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bca475de214c3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd63272b71f04eb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc2f93d3988b497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2acc8e4c7664bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd63272b71f04eb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91b72d9ed53f4825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc2f93d3988b497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...193 lines deleted...]
-          <x:t>0,335</x:t>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,370</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>0,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>