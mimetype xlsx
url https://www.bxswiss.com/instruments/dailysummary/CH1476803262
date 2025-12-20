--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bca475de214c3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra56b05238a9d49c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc2f93d3988b497b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a3c36026a5644b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91b72d9ed53f4825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc2f93d3988b497b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3483772d2afb48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a3c36026a5644b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,420</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,400</x:t>
-[...21 lines deleted...]
-          <x:t>0,355</x:t>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>0,445</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>