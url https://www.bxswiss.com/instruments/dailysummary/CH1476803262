--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra56b05238a9d49c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fff04f195fd4852" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a3c36026a5644b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c39844eca3d4282"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3483772d2afb48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a3c36026a5644b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c14f0b041c94e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c39844eca3d4282" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...60 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,317</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,361</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...329 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,369</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>0,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>