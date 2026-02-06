--- v3 (2026-01-11)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fff04f195fd4852" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reebe2537d3fc4360" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c39844eca3d4282"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf5524e98aff4129"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c14f0b041c94e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c39844eca3d4282" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5b1f6feedb04595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf5524e98aff4129" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,427</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,407</x:t>
-[...11 lines deleted...]
-          <x:t>0,371</x:t>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,339</x:t>
-[...119 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,305</x:t>
-[...279 lines deleted...]
-          <x:t>0,369</x:t>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>