--- v4 (2026-02-06)
+++ v5 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reebe2537d3fc4360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R011ce362f9334307" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf5524e98aff4129"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d942d6ec294081"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5b1f6feedb04595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf5524e98aff4129" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09bcc3e1aa75446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d942d6ec294081" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476803262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,423</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,411</x:t>
-[...151 lines deleted...]
-          <x:t>0,363</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...97 lines deleted...]
-          <x:t>0,335</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,313</x:t>
-[...286 lines deleted...]
-          <x:t>0,319</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,263</x:t>
-[...16 lines deleted...]
-          <x:t>0,289</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,236</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,255</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>