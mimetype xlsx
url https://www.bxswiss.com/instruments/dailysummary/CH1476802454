--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d0180d964e46ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1488c9a831ee4c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3b3639ed334eb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R369594ac4cdb4be5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd88f7a499864bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3b3639ed334eb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e94fe78d2442aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R369594ac4cdb4be5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476802454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,065</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,945</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-          <x:t>1,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
-[...124 lines deleted...]
-          <x:t>1,085</x:t>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,085</x:t>
-[...4 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>