--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1488c9a831ee4c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e700db697484c25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R369594ac4cdb4be5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08b265cbc4d54952"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e94fe78d2442aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R369594ac4cdb4be5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b53373aae7e46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08b265cbc4d54952" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476802454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>1,215</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>