--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e700db697484c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R132d3bff44cf423c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08b265cbc4d54952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re32307cf66d94d22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b53373aae7e46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08b265cbc4d54952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398e5ce764c047d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re32307cf66d94d22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476802454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>1,750</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,035</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,005</x:t>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,045</x:t>
+          <x:t>2,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>2,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>