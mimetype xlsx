--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa50b76c1b684a9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13dd58ddd6164ea6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1524a16de26648ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b330cd6c0144c88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra148cc5142124d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1524a16de26648ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R730fffccb69f422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b330cd6c0144c88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476800011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,355</x:t>
-[...367 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...63 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>