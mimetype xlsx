--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13dd58ddd6164ea6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eb2b12e14c148f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b330cd6c0144c88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cd8b92ee94c4469"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R730fffccb69f422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b330cd6c0144c88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37a2fadf7b394e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cd8b92ee94c4469" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476800011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>0,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...80 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>0,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>