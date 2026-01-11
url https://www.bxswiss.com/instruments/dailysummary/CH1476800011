--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eb2b12e14c148f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d73ac6c7cec4f39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cd8b92ee94c4469"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79d88b21ec2042dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37a2fadf7b394e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cd8b92ee94c4469" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ba6432a7384008" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79d88b21ec2042dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476800011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>20.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>21.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,705</x:t>
-        </x:is>
-[...538 lines deleted...]
-          <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>