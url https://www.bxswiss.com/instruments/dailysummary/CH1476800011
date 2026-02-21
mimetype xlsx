--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d73ac6c7cec4f39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14732c77c50f409f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79d88b21ec2042dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1559b2e8d03f4531"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ba6432a7384008" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79d88b21ec2042dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf68ab98f6d2483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1559b2e8d03f4531" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476800011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...48 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>0,655</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...80 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>