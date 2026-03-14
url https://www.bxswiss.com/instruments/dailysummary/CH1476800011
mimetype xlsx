--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14732c77c50f409f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ba8235f71f4330" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1559b2e8d03f4531"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra28387e9770f42d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf68ab98f6d2483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1559b2e8d03f4531" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cda3b4fb01d42c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra28387e9770f42d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476800011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,463 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>0,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>