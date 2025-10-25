--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfbdc47af55e4c86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R845b9e67cbd34696" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb1ee5ac74e74626"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fe13e26c8f147c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31f2af007b14b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb1ee5ac74e74626" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171dbc33c43741c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fe13e26c8f147c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476799940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,645</x:t>
-[...4 lines deleted...]
-          <x:t>2,395</x:t>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>2,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...113 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>3,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>