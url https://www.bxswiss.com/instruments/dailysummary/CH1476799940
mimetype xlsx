--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R845b9e67cbd34696" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52eb520f7655493e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fe13e26c8f147c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4352c08ea16e4f75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171dbc33c43741c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fe13e26c8f147c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f0e5c0da8f4472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4352c08ea16e4f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476799940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,595</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,575</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,615</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,435</x:t>
-[...571 lines deleted...]
-          <x:t>3,385</x:t>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>