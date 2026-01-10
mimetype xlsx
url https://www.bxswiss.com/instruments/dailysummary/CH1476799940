--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52eb520f7655493e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ae6bcde35e4a19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4352c08ea16e4f75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3970a4244a944ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f0e5c0da8f4472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4352c08ea16e4f75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0ff09f128a94529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3970a4244a944ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476799940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,985</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,155</x:t>
-[...70 lines deleted...]
-          <x:t>1,825</x:t>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
-        </x:is>
-[...543 lines deleted...]
-          <x:t>2,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>