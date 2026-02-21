--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ae6bcde35e4a19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R252e938acf414c26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3970a4244a944ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4dd10600c59499f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0ff09f128a94529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3970a4244a944ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb540a3384e394a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4dd10600c59499f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476799940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>