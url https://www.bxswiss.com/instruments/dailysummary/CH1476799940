--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R252e938acf414c26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce02319024544ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4dd10600c59499f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R302e2743fbf7473f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb540a3384e394a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4dd10600c59499f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a1a0d5fb8ca40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R302e2743fbf7473f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476799940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...112 lines deleted...]
-          <x:t>0,174</x:t>
+          <x:t>0,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,230</x:t>
-[...53 lines deleted...]
-          <x:t>0,210</x:t>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,190</x:t>
-[...43 lines deleted...]
-          <x:t>0,188</x:t>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,176</x:t>
-[...26 lines deleted...]
-          <x:t>0,180</x:t>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>