--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce46e99c930455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b34e17e3b84b37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb4799b9dbe84df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9172c27564354df0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R373ff3e54938415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb4799b9dbe84df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47dcbabafe2d4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9172c27564354df0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476799510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...70 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
-[...156 lines deleted...]
-          <x:t>0,920</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...355 lines deleted...]
-          <x:t>1,335</x:t>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>