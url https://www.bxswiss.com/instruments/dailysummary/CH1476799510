--- v1 (2025-10-22)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b34e17e3b84b37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc38ee28a425f4d0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9172c27564354df0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ab56b67e3a4bfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47dcbabafe2d4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9172c27564354df0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde5285be54c54dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ab56b67e3a4bfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476799510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>