--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc38ee28a425f4d0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15918db45b5f41a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ab56b67e3a4bfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57963e2f0de4aea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde5285be54c54dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ab56b67e3a4bfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a8f73b6a95841b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57963e2f0de4aea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476799510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>0,265</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,216</x:t>
-[...38 lines deleted...]
-          <x:t>0,127</x:t>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,168</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>0,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,216</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,186</x:t>
-[...134 lines deleted...]
-          <x:t>0,238</x:t>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>