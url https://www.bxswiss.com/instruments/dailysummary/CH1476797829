--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf56fb8cc804f4b8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b482888ef040b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0690ec91d274620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd723fac898264f63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R843f071407e54121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0690ec91d274620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82696228e78646b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd723fac898264f63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>3,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>3,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>2,875</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,835</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>3,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,615</x:t>
-[...58 lines deleted...]
-          <x:t>3,085</x:t>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>