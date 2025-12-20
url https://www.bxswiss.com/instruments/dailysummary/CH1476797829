--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b482888ef040b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd668d3d365494058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd723fac898264f63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6560ddb135bd4545"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82696228e78646b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd723fac898264f63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9620bdaa9b084eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6560ddb135bd4545" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>