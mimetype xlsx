--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd668d3d365494058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2bea1eb8314e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6560ddb135bd4545"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R454098d088f945f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9620bdaa9b084eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6560ddb135bd4545" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54077981fd943a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R454098d088f945f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>