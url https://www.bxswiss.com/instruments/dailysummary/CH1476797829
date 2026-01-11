--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2bea1eb8314e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8a0c3d1079543d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R454098d088f945f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a4934c48774608"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54077981fd943a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R454098d088f945f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd78d3504f2e4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a4934c48774608" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>3,124</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,998</x:t>
-[...114 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,846</x:t>
-[...144 lines deleted...]
-          <x:t>2,592</x:t>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>