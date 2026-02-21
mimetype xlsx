--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8a0c3d1079543d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8eb2d34c66a4d6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a4934c48774608"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233a4ca81ef748d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd78d3504f2e4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a4934c48774608" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77cca2f5ac1942ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233a4ca81ef748d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>2,024</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...100 lines deleted...]
-          <x:t>1,749</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>