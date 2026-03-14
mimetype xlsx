--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8eb2d34c66a4d6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1de8aa0e57f44a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233a4ca81ef748d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8156fdabd24287"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77cca2f5ac1942ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233a4ca81ef748d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0cd5777f59842cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8156fdabd24287" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,955</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,029</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,892</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,915</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>1,603</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>