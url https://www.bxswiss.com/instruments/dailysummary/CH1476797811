--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0deb151ca5a4c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7679f47104574c68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484305e5f1e742c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae79846e385d4c4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09a79b8f5054853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484305e5f1e742c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra80e1fbe941f430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae79846e385d4c4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797811</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,325</x:t>
-[...85 lines deleted...]
-          <x:t>3,265</x:t>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>3,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>3,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,205</x:t>
-[...70 lines deleted...]
-          <x:t>2,755</x:t>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,695</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,655</x:t>
-[...92 lines deleted...]
-          <x:t>2,465</x:t>
+          <x:t>2,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,385</x:t>
-[...16 lines deleted...]
-          <x:t>2,505</x:t>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,455</x:t>
-[...85 lines deleted...]
-          <x:t>2,865</x:t>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>