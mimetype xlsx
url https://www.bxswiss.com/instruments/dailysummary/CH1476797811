--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7679f47104574c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f0c1a93c9bc4fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae79846e385d4c4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b67109735c641ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra80e1fbe941f430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae79846e385d4c4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64add29024c1485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b67109735c641ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797811</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>3,504</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>