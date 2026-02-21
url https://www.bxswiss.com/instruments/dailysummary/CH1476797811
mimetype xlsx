--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f0c1a93c9bc4fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c72f525b1214081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b67109735c641ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cdfe4b477564fc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64add29024c1485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b67109735c641ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a1df294bacf4f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cdfe4b477564fc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797811</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>2,037</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,859</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,884</x:t>
-[...48 lines deleted...]
-          <x:t>1,716</x:t>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,635</x:t>
-[...31 lines deleted...]
-          <x:t>1,609</x:t>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>