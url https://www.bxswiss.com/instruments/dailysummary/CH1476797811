--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c72f525b1214081" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e676462df040d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cdfe4b477564fc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8754fe2566a4a1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a1df294bacf4f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cdfe4b477564fc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda787b72e5b479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8754fe2566a4a1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797811</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,793</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,959</x:t>
-[...274 lines deleted...]
-          <x:t>1,653</x:t>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,669</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,463</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>