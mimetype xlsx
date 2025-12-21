--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05795577a62b4eb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d333dca1194e63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bdcf5477d794551"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a73a3202d694781"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44e19c531102490e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bdcf5477d794551" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4243ec8a60154b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a73a3202d694781" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>2,395</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>2,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>