--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d333dca1194e63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91619b8a85ab4969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a73a3202d694781"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc96c980d8cbb487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4243ec8a60154b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a73a3202d694781" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d5fa2cf3c16425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc96c980d8cbb487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>