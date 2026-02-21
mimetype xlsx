--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91619b8a85ab4969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f549a3aa32f4534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc96c980d8cbb487c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3af465530cbe4e00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d5fa2cf3c16425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc96c980d8cbb487c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re860bb5d55b441d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3af465530cbe4e00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,167</x:t>
-[...43 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,123</x:t>
-[...31 lines deleted...]
-          <x:t>1,708</x:t>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,711</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,482</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>