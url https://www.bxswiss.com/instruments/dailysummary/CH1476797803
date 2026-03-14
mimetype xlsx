--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f549a3aa32f4534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a48ec139bec4783" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3af465530cbe4e00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58bd6a955c6e445d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re860bb5d55b441d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3af465530cbe4e00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re19f0c7786da4693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58bd6a955c6e445d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,906</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,896</x:t>
-[...188 lines deleted...]
-          <x:t>1,729</x:t>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...424 lines deleted...]
-          <x:t>1,339</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>