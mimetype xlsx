--- v0 (2025-10-16)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe9a3be50d2243e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd577e61574624cd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R013c38b3d236430e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600f2daf8dfc4ad9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R128d191c1fb04f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R013c38b3d236430e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8c42a4f89d4886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600f2daf8dfc4ad9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>2,695</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>2,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,195</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>14.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,825</x:t>
-[...36 lines deleted...]
-          <x:t>2,515</x:t>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>