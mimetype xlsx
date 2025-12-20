--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd577e61574624cd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra317ecffc00d4ca5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600f2daf8dfc4ad9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a875d84a6a4469"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8c42a4f89d4886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600f2daf8dfc4ad9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a21c3fce7ea41db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a875d84a6a4469" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,385</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,295</x:t>
-[...566 lines deleted...]
-          <x:t>3,052</x:t>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>