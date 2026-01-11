--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra317ecffc00d4ca5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racfe981b25854490" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a875d84a6a4469"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b9fa2fe67464ed3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a21c3fce7ea41db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a875d84a6a4469" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40f7eeaeab3746f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b9fa2fe67464ed3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>