--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racfe981b25854490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdf5862d4a674bf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b9fa2fe67464ed3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74aa77ebd8fd4072"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40f7eeaeab3746f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b9fa2fe67464ed3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R217fdad5ee7147f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74aa77ebd8fd4072" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,990</x:t>
-[...80 lines deleted...]
-          <x:t>1,719</x:t>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,569</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>1,363</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>