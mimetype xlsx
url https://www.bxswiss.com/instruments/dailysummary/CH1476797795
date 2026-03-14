--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdf5862d4a674bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9993b500ca545e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74aa77ebd8fd4072"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66e12f89b1844b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R217fdad5ee7147f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74aa77ebd8fd4072" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031b6291bf6b4390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66e12f89b1844b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,763</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,003</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...627 lines deleted...]
-          <x:t>1,227</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>