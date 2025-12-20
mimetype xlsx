--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd183828d462f4d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a591052827245e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb104e7e0e09c4220"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f887c1162024ace"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd84421848ea2411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb104e7e0e09c4220" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff9f0c6c7bf24229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f887c1162024ace" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>2,435</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,425</x:t>
-[...80 lines deleted...]
-          <x:t>2,365</x:t>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>