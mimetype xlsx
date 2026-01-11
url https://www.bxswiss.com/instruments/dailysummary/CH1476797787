--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a591052827245e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff5ba37411b4c61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f887c1162024ace"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra66e7d61cae04c21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff9f0c6c7bf24229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f887c1162024ace" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be4fd689058495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra66e7d61cae04c21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>