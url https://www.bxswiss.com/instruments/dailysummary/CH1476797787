--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff5ba37411b4c61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2195af6cbda743e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra66e7d61cae04c21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d77264a7a434f08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be4fd689058495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra66e7d61cae04c21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R350c53eb79a34f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d77264a7a434f08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>1,683</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>1,236</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>