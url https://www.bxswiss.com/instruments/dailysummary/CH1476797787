--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2195af6cbda743e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R874657b59e804679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d77264a7a434f08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77487ac8c75b4cad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R350c53eb79a34f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d77264a7a434f08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb473250095974522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77487ac8c75b4cad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>1,799</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,495</x:t>
-[...16 lines deleted...]
-          <x:t>1,481</x:t>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,259</x:t>
-[...141 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,479</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>1,129</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>