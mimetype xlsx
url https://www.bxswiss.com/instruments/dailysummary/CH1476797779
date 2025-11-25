--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17e28ab1c7e4665" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R504897b9c0d04e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re38294962bda48c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R785445e460784294"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bf59a9129e54284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re38294962bda48c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607329795b294d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R785445e460784294" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>2,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,965</x:t>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>09.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,955</x:t>
-[...48 lines deleted...]
-          <x:t>2,195</x:t>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...31 lines deleted...]
-          <x:t>2,255</x:t>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>