--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R504897b9c0d04e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee87961abfb4980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R785445e460784294"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re00d694fbd68441c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607329795b294d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R785445e460784294" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4f8e47898c14fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re00d694fbd68441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>2,255</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,235</x:t>
-[...11 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,652</x:t>
-[...144 lines deleted...]
-          <x:t>2,870</x:t>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>