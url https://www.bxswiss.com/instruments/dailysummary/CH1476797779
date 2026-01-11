--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee87961abfb4980" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1c8978b2f045f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re00d694fbd68441c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7bdd653568455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4f8e47898c14fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re00d694fbd68441c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf24f5305ce4065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7bdd653568455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>