--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1c8978b2f045f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39191e11ac644b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7bdd653568455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68f6328bedef402f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf24f5305ce4065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7bdd653568455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9579833523e2421b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68f6328bedef402f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,943</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,911</x:t>
-[...146 lines deleted...]
-          <x:t>1,727</x:t>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,653</x:t>
-[...26 lines deleted...]
-          <x:t>1,592</x:t>
+          <x:t>1,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>1,161</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>