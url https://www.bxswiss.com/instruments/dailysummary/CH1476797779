--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39191e11ac644b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18b51ecc7ded4046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68f6328bedef402f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02db9fb534194763"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9579833523e2421b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68f6328bedef402f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99dde89385314369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02db9fb534194763" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>1,268</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,309</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>1,295</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,329</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>1,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,103</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>1,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>