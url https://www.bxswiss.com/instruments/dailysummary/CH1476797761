--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a9c0207f09d47c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R509cb299110b4b5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4ad39c3b685499d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43e150d8fc3d4245"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44624520491e4138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4ad39c3b685499d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91669275d877463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43e150d8fc3d4245" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,395</x:t>
-[...70 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>2,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,295</x:t>
-[...65 lines deleted...]
-          <x:t>1,935</x:t>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,845</x:t>
-[...21 lines deleted...]
-          <x:t>1,945</x:t>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>09.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,825</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...26 lines deleted...]
-          <x:t>2,345</x:t>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,115</x:t>
-[...26 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>