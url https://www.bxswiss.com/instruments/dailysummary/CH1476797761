--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R509cb299110b4b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3671c5f5c4354adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43e150d8fc3d4245"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c10d51d5efd4363"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91669275d877463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43e150d8fc3d4245" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re21e53bc776d4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c10d51d5efd4363" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...392 lines deleted...]
-          <x:t>2,085</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,184</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>2,460</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>