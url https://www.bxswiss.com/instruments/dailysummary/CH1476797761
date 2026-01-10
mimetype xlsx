--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3671c5f5c4354adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1971f4cf4a4616" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c10d51d5efd4363"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff5ad4af57824406"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re21e53bc776d4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c10d51d5efd4363" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc62302df60574742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff5ad4af57824406" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>