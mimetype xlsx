--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1971f4cf4a4616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b3244dd0d5436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff5ad4af57824406"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re875170d49da4650"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc62302df60574742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff5ad4af57824406" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R342030ca40044df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re875170d49da4650" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,338</x:t>
-[...117 lines deleted...]
-          <x:t>1,071</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>