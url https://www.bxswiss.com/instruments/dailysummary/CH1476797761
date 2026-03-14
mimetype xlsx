--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b3244dd0d5436c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R932b546808db4045" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re875170d49da4650"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20e96dd4ccb04e7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R342030ca40044df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re875170d49da4650" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f7a034595444360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20e96dd4ccb04e7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>1,287</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,216</x:t>
-[...6 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,247</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>0,953</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>