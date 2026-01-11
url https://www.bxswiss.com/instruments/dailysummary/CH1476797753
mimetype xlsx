--- v0 (2025-11-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe19f9e19a940c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7aa203b7e4a44e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14d6f2b9de81414a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08a995ef35b47c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524e3281f1324ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14d6f2b9de81414a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ec8127a9d034f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08a995ef35b47c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,815</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...124 lines deleted...]
-          <x:t>2,005</x:t>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,905</x:t>
-[...404 lines deleted...]
-          <x:t>2,490</x:t>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>