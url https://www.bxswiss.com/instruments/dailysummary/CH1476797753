--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7aa203b7e4a44e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888a89d622074af2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08a995ef35b47c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef4fed2b191464f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ec8127a9d034f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08a995ef35b47c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd85fed78452044ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef4fed2b191464f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>1,411</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,346</x:t>
-[...11 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,420</x:t>
-[...112 lines deleted...]
-          <x:t>1,038</x:t>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,047</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,990</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>