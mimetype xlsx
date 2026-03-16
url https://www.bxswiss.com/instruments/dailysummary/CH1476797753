--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888a89d622074af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c24e058c69546c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef4fed2b191464f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b4fff200df456d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd85fed78452044ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef4fed2b191464f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re720ee0b26654578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b4fff200df456d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,167</x:t>
-[...97 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,467</x:t>
-[...205 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,997</x:t>
-[...134 lines deleted...]
-          <x:t>1,181</x:t>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,001</x:t>
-[...16 lines deleted...]
-          <x:t>0,975</x:t>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,861</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>