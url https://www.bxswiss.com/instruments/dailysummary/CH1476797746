--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356d04d92ecd4a33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8477c5b710a14abf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8555b801349e421d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1126a762b1a24302"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb2047c626184be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8555b801349e421d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bddbe91a46c4609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1126a762b1a24302" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797746</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>1,745</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,705</x:t>
-[...43 lines deleted...]
-          <x:t>1,615</x:t>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>1,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>