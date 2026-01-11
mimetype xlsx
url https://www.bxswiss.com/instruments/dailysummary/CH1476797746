--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8477c5b710a14abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re27a1e2ba30340c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1126a762b1a24302"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddae9de6e61f4aea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bddbe91a46c4609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1126a762b1a24302" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4c5820f0f764576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddae9de6e61f4aea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797746</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,549 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>1,532</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,558</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,507</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>