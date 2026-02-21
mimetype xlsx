--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re27a1e2ba30340c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a4369fba3c43b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddae9de6e61f4aea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd84b177d10b740e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4c5820f0f764576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddae9de6e61f4aea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ef6a66bf8f45f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd84b177d10b740e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797746</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,368</x:t>
-[...48 lines deleted...]
-          <x:t>1,213</x:t>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,199</x:t>
-[...43 lines deleted...]
-          <x:t>1,106</x:t>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,036</x:t>
-[...75 lines deleted...]
-          <x:t>1,023</x:t>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,933</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,917</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>