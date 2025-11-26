--- v0 (2025-10-16)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R666fd9b6c9bf4019" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d9f2f26e194de3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ff109f680904755"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57bd451b77b94883"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b3644fe6adc4183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ff109f680904755" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recac43a41f3a4ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57bd451b77b94883" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,965</x:t>
-[...80 lines deleted...]
-          <x:t>2,145</x:t>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,915</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>2,005</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>1,945</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,875</x:t>
-[...70 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,545</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,585</x:t>
-[...43 lines deleted...]
-          <x:t>1,615</x:t>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>13.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...63 lines deleted...]
-          <x:t>1,715</x:t>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>