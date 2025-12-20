--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d9f2f26e194de3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8123b69d5dca43a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57bd451b77b94883"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aa03e34de404c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recac43a41f3a4ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57bd451b77b94883" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b05d53c28a047db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aa03e34de404c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,766</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>1,982</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>