--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8123b69d5dca43a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R690a26753f7b4092" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aa03e34de404c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b239fd7e9234fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b05d53c28a047db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aa03e34de404c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbaa585cc954468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b239fd7e9234fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,548</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>1,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,531</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>