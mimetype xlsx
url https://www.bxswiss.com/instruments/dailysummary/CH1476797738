--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R690a26753f7b4092" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra746d9b9667e44e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b239fd7e9234fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b04e4f41734f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbaa585cc954468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b239fd7e9234fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f8c33661284bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b04e4f41734f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,263</x:t>
-[...107 lines deleted...]
-          <x:t>1,046</x:t>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,957</x:t>
-[...107 lines deleted...]
-          <x:t>0,847</x:t>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>