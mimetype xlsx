--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra746d9b9667e44e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e8a21b5eb7431d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b04e4f41734f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02305f56db724482"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f8c33661284bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b04e4f41734f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22d9ddd60fc446b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02305f56db724482" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,994</x:t>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
-[...254 lines deleted...]
-          <x:t>1,124</x:t>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,979</x:t>
-[...274 lines deleted...]
-          <x:t>0,747</x:t>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>