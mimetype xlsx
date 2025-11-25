--- v0 (2025-11-04)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e1f6d85d23d40fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72a48356c004f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2f73e393a2442e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d74c7b94b84bf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3572ef5d5b4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2f73e393a2442e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ea82e8eb08243be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d74c7b94b84bf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
-[...60 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>1,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...316 lines deleted...]
-          <x:t>1,555</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>