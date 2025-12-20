--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72a48356c004f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d98f9f3c694888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d74c7b94b84bf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a86a2bd49942d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ea82e8eb08243be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d74c7b94b84bf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf9e963ae25d4773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a86a2bd49942d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>