--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d98f9f3c694888" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a8de34be043465b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a86a2bd49942d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R060ed27346f0470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf9e963ae25d4773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a86a2bd49942d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dc72de07d0549bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R060ed27346f0470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,630 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>1,348</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,408</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,419</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>