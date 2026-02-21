--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a8de34be043465b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0119250fcad64935" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R060ed27346f0470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdfb44490e674963"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dc72de07d0549bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R060ed27346f0470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3970924850eb42a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdfb44490e674963" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>1,268</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...65 lines deleted...]
-          <x:t>1,028</x:t>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,016</x:t>
-[...129 lines deleted...]
-          <x:t>0,876</x:t>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,799</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,785</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>