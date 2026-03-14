--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0119250fcad64935" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82961a47620b4073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdfb44490e674963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4f80696d0564804"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3970924850eb42a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdfb44490e674963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bd15c757a894ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4f80696d0564804" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>0,974</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,952</x:t>
-[...21 lines deleted...]
-          <x:t>0,938</x:t>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,081</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,689</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>