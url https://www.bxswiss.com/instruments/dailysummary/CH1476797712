--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6f5e10d6aa84b10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d4817a5c0a4b26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra895ba6c94534897"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b277e1d8fad4130"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74f2af06b61e4420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra895ba6c94534897" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb249b92cf4664c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b277e1d8fad4130" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...107 lines deleted...]
-          <x:t>1,545</x:t>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>