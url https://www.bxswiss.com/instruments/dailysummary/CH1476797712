--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d4817a5c0a4b26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b22e7511a824e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b277e1d8fad4130"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra23b182b51cb4e0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb249b92cf4664c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b277e1d8fad4130" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cdde7831aab4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra23b182b51cb4e0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>1,358</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,308</x:t>
-[...43 lines deleted...]
-          <x:t>1,296</x:t>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,226</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...84 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,159</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>