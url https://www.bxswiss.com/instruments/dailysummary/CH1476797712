--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b22e7511a824e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865faf1e8aa74fdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra23b182b51cb4e0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c20e69370fe4c74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cdde7831aab4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra23b182b51cb4e0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d485798f2a4aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c20e69370fe4c74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>0,779</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,772</x:t>
-[...53 lines deleted...]
-          <x:t>0,730</x:t>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>