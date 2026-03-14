--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865faf1e8aa74fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a93e04f45ee4a2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c20e69370fe4c74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ff074104fc84c92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d485798f2a4aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c20e69370fe4c74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18d67bfff3d54129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ff074104fc84c92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>0,758</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,763</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,748</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,789</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>0,797</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,829</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>0,639</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>